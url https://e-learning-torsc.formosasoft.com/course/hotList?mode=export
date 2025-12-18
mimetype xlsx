--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -11,551 +11,239 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="63">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
-    <t>1011</t>
-[...5 lines deleted...]
-    <t>面授</t>
+    <t>922</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］重症安寧療護（PMOHW114100749）</t>
+  </si>
+  <si>
+    <t>線上</t>
   </si>
   <si>
     <t>實體課程</t>
   </si>
   <si>
-    <t>3</t>
-[...16 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
-    <t>507</t>
+    <t>753</t>
   </si>
   <si>
     <t>2025-04-01</t>
   </si>
   <si>
-    <t>878</t>
-[...2 lines deleted...]
-    <t>【衛生福利e學園】生命末期照護意願徵詢及臨終關懷(PMOHW114100716)</t>
+    <t>918</t>
+  </si>
+  <si>
+    <t>[衛生福利e學園］醫院與長照機構、診所及居家推動安寧整合服務經驗（PMOHW114100745）</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］安寧在外科的推動經驗（PMOHW114100748）</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］啟動AD流程與評估機制（PMOHW114100747）</t>
+  </si>
+  <si>
+    <t>673</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］末期病人的陪伴技巧與靈性關懷（PMOHW114100622）</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］從神經退化性疾病談執行病主法之預立醫療決定(AD)特點與安寧療護經驗分享（PMOHW114100746）</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］末期疾病的病情告知技巧及死亡準備（PMOHW114100620）</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］生命末期意願徵詢及醫病溝通技巧（PMOHW114100625）</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>【衛生福利e學園】乙類社區安寧照護教育訓練線上課程</t>
   </si>
   <si>
     <t>線上課程</t>
   </si>
   <si>
-    <t>506</t>
-[...160 lines deleted...]
-  <si>
     <t>13</t>
   </si>
   <si>
-    <t>423</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-03-24</t>
   </si>
   <si>
-    <t>945</t>
-[...28 lines deleted...]
-  <si>
     <t>930</t>
   </si>
   <si>
     <t>［衛生福利e學園］預立醫療決定執行經驗與緩和醫療照護（PMOHW114100623）</t>
   </si>
   <si>
-    <t>410</t>
-[...17 lines deleted...]
-    <t>2025-11-14</t>
+    <t>591</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］安寧緩和醫療條例與病人自主權利法之異同與落實重點（PMOHW114100617）</t>
+  </si>
+  <si>
+    <t>586</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>［衛生福利e學園］八大非癌末期疾病安寧緩和療護的評估與轉介（PMOHW114100626）</t>
   </si>
   <si>
-    <t>402</t>
-[...23 lines deleted...]
-    <t>［衛生福利e學園］安寧緩和醫療條例與病人自主權利法之異同與落實重點（PMOHW114100617）</t>
+    <t>585</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>［衛生福利e學園］醫病共享決策與生命末期臨終照護意願徵詢（PMOHW114100621）</t>
   </si>
   <si>
-    <t>396</t>
-[...17 lines deleted...]
-    <t>387</t>
+    <t>580</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>［衛生福利e學園］居家安寧的經驗分享-以馬偕紀念醫院為例（PMOHW114100618）</t>
+  </si>
+  <si>
+    <t>565</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>［衛生福利e學園］預立醫療照護諮商之執行流程介紹（PMOHW114100619）</t>
   </si>
   <si>
-    <t>381</t>
-[...107 lines deleted...]
-    <t>2025-11-27</t>
+    <t>554</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>《加入社區安寧照護人力網絡》‧一起照亮最後一哩路~</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>191</t>
+    <t>256</t>
   </si>
   <si>
     <t>2025-08-19</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-10-08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -578,51 +266,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G48"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -649,1096 +337,383 @@
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>62</v>
-      </c>
-[...729 lines deleted...]
-        <v>166</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>