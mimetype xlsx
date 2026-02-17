--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -11,239 +11,104 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="18">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
-    <t>922</t>
-[...2 lines deleted...]
-    <t>［衛生福利e學園］重症安寧療護（PMOHW114100749）</t>
+    <t>987</t>
+  </si>
+  <si>
+    <t>《加入社區安寧照護人力網絡》‧一起照亮最後一哩路~</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
-    <t>實體課程</t>
-[...79 lines deleted...]
-  <si>
     <t>線上課程</t>
   </si>
   <si>
-    <t>13</t>
-[...64 lines deleted...]
-  <si>
     <t>0</t>
   </si>
   <si>
-    <t>256</t>
+    <t>301</t>
   </si>
   <si>
     <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>【補件】114年度病人自主及安寧緩和照護知能線上課程</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -266,51 +131,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:G3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -349,371 +214,49 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      <c r="A4" s="1" t="s">
         <v>17</v>
-      </c>
-[...315 lines deleted...]
-        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>